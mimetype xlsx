--- v0 (2025-12-10)
+++ v1 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="700" uniqueCount="319">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="723" uniqueCount="328">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -940,50 +940,77 @@
     <t>442</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO DO DIA 04/11/2025</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DO DIA 19/11/2025</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINARIA DO DIA 19/11/2025</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>ATA DA REUNIÃO ORDINÁRIA DE 02/12/2025</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>ATA DA REUNIÃO EXTRAORDINÁRIA DO DIA 12/12/2025</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>ATA DA REUNIÃO ORDINÁRIA DO DIA 18/12/2025</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFÍCIOS RECEBIDOS</t>
   </si>
   <si>
     <t>Indicação de novo Líder do governo , o vereador Dirceu Alves dos Santos</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_de_veto_ao_projeto_001-2025.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO AO PROJETO DE LEI N° 001/DE 2024, DE 24 DE JANEIRO DE 2025</t>
   </si>
@@ -1347,56 +1374,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/432/proposicao_de_indicacao_no_004-2025.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/433/proposicao_de_indicacao_no_005-2025_1.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/381/ccf20032025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no_003-2025_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/360/pl_n_250-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/362/pl_n_252-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/365/pl_n_253-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/366/pl_n_254-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/369/pl_n_255-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/371/pl_n_257-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/377/pl_n_258-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/378/pl_n_259-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/387/pl_n_261-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/388/pl_n_262-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/389/pl_n_263-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/390/pl_n_264-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/396/pl_no_265-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/397/pl_no_266-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/399/pl_no_268-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/400/pl_no_269-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/406/pl_n_270-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/407/pl_n_271-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/411/pl_no_272-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/412/pl_no_273-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/419/pl_no_275-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/434/pl_n_276-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/413/pl_no_277-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/417/pl_no_278-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/423/pl_n_279-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/420/pl_no_280-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/422/pl_n_281-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/429/pl_n_284-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/431/pl_n_285-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/435/pl_n_286-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/439/pl_n_287-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/443/pl_n_288-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/448/pl_n_289-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/379/pl_complementar_n014-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/427/plc_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_complementar_n_16.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_complementar_no._017-2025_de_10-11-2025_plano_de_cargos_salarios_e_vencimento_c.m._stm.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/404/projeto_de_resolucao_04-25_lgpd.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_resolucao_no_007-2025.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_resolucao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_de_veto_ao_projeto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_de_veto_ao_projeto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/440/portaria_n_196-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto_de_decreto_legislativo_no_01_-_25.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/432/proposicao_de_indicacao_no_004-2025.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/433/proposicao_de_indicacao_no_005-2025_1.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/381/ccf20032025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no_003-2025_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/360/pl_n_250-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/362/pl_n_252-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/365/pl_n_253-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/366/pl_n_254-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/369/pl_n_255-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/371/pl_n_257-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/377/pl_n_258-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/378/pl_n_259-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/387/pl_n_261-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/388/pl_n_262-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/389/pl_n_263-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/390/pl_n_264-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/396/pl_no_265-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/397/pl_no_266-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/399/pl_no_268-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/400/pl_no_269-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/406/pl_n_270-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/407/pl_n_271-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/411/pl_no_272-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/412/pl_no_273-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/419/pl_no_275-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/434/pl_n_276-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/413/pl_no_277-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/417/pl_no_278-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/423/pl_n_279-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/420/pl_no_280-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/422/pl_n_281-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/429/pl_n_284-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/431/pl_n_285-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/435/pl_n_286-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/439/pl_n_287-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/443/pl_n_288-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/448/pl_n_289-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/379/pl_complementar_n014-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/427/plc_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_complementar_n_16.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_complementar_no._017-2025_de_10-11-2025_plano_de_cargos_salarios_e_vencimento_c.m._stm.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/404/projeto_de_resolucao_04-25_lgpd.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_resolucao_no_007-2025.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_resolucao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_de_veto_ao_projeto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_de_veto_ao_projeto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/440/portaria_n_196-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamargarida.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto_de_decreto_legislativo_no_01_-_25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H89"/>
+  <dimension ref="A1:H92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="181.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3524,170 +3551,245 @@
       </c>
       <c r="D84" t="s">
         <v>247</v>
       </c>
       <c r="E84" t="s">
         <v>248</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>299</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="D85" t="s">
-        <v>300</v>
+        <v>247</v>
       </c>
       <c r="E85" t="s">
+        <v>248</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
         <v>301</v>
-      </c>
-[...7 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>302</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>303</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>247</v>
+      </c>
+      <c r="E86" t="s">
+        <v>248</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>305</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>306</v>
+      </c>
+      <c r="D87" t="s">
+        <v>247</v>
+      </c>
+      <c r="E87" t="s">
+        <v>248</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
         <v>307</v>
-      </c>
-[...19 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>308</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>10</v>
+      </c>
+      <c r="D88" t="s">
+        <v>309</v>
+      </c>
+      <c r="E88" t="s">
+        <v>310</v>
+      </c>
+      <c r="F88" t="s">
+        <v>43</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" t="s">
         <v>311</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>312</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>313</v>
+      </c>
+      <c r="D89" t="s">
+        <v>309</v>
+      </c>
+      <c r="E89" t="s">
+        <v>310</v>
+      </c>
+      <c r="F89" t="s">
+        <v>43</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="H89" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>316</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>317</v>
+      </c>
+      <c r="D90" t="s">
+        <v>309</v>
+      </c>
+      <c r="E90" t="s">
+        <v>310</v>
+      </c>
+      <c r="F90" t="s">
+        <v>43</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H90" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>320</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>321</v>
+      </c>
+      <c r="D91" t="s">
+        <v>309</v>
+      </c>
+      <c r="E91" t="s">
+        <v>310</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H91" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>323</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>10</v>
       </c>
-      <c r="D89" t="s">
-[...5 lines deleted...]
-      <c r="F89" t="s">
+      <c r="D92" t="s">
+        <v>324</v>
+      </c>
+      <c r="E92" t="s">
+        <v>325</v>
+      </c>
+      <c r="F92" t="s">
         <v>13</v>
       </c>
-      <c r="G89" s="1" t="s">
-[...3 lines deleted...]
-        <v>318</v>
+      <c r="G92" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H92" t="s">
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3736,50 +3838,53 @@
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>